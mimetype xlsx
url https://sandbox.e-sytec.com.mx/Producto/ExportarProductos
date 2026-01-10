--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -129,161 +129,176 @@
     <t xml:space="preserve">H87</t>
   </si>
   <si>
     <t xml:space="preserve">1</t>
   </si>
   <si>
     <t xml:space="preserve">S</t>
   </si>
   <si>
     <t xml:space="preserve">N</t>
   </si>
   <si>
     <t xml:space="preserve">11.250000</t>
   </si>
   <si>
     <t xml:space="preserve">TASA 0</t>
   </si>
   <si>
     <t xml:space="preserve">0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-[$$-80A]* #,##0.00_-;\-[$$-80A]* #,##0.00_-;_-[$$-80A]* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="#,##0;(#,##0)"/>
+    <numFmt numFmtId="166" formatCode="#,##0.00;(#,##0.00)"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF364141"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.399975585192419"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyBorder="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="0">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -621,117 +636,117 @@
         <v>10</v>
       </c>
       <c r="Q1" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="7" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s">
+      <c r="A2" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F2" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="H2" t="s">
+      <c r="H2" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="J2" t="s">
+      <c r="J2" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="K2" t="s">
+      <c r="K2" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="M2" t="s">
+      <c r="M2" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="N2" t="s">
+      <c r="N2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="O2" t="s">
+      <c r="O2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="P2" t="s">
+      <c r="P2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="Q2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="R2" t="s">
+      <c r="R2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="S2" t="s">
+      <c r="S2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="T2" t="s">
+      <c r="T2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="U2" t="s">
+      <c r="U2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="V2" t="s">
+      <c r="V2" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="W2" t="s">
+      <c r="W2" s="17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="13"/>
       <c r="E3" s="11"/>
       <c r="F3" s="14"/>
       <c r="G3" s="14"/>
       <c r="H3" s="15"/>
       <c r="I3" s="15"/>
       <c r="J3" s="15"/>
       <c r="K3" s="15"/>
       <c r="L3" s="14"/>
       <c r="M3" s="16"/>
       <c r="N3" s="16"/>
       <c r="P3" s="16"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="11"/>
       <c r="B4" s="11"/>
       <c r="C4" s="11"/>
       <c r="D4" s="13"/>